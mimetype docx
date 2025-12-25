--- v0 (2025-11-04)
+++ v1 (2025-12-25)
@@ -1,43 +1,47 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="41616CFD" w14:textId="77777777" w:rsidR="003D1A3D" w:rsidRPr="00796BB1" w:rsidRDefault="00821AC0" w:rsidP="003D1A3D">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
@@ -367,83 +371,95 @@
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00796BB1">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>EXPEDIENTE: 202</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
-        <w:t>4.0</w:t>
+        <w:t>4.</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="44"/>
+          <w:szCs w:val="44"/>
+        </w:rPr>
+        <w:t>0</w:t>
       </w:r>
       <w:r w:rsidR="00574BC9">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>8.EPTE</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
       <w:r w:rsidRPr="00796BB1">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="44"/>
           <w:szCs w:val="44"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
+      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="18CC5B95" w14:textId="77777777" w:rsidR="00796BB1" w:rsidRDefault="00796BB1" w:rsidP="000A50C9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="40"/>
           <w:szCs w:val="40"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0045C7A1" w14:textId="4A5072FC" w:rsidR="0065656D" w:rsidRPr="001D51EA" w:rsidRDefault="0005597B" w:rsidP="000A50C9">
       <w:pPr>
         <w:spacing w:before="240" w:after="240" w:line="480" w:lineRule="auto"/>
         <w:contextualSpacing/>
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -466,141 +482,157 @@
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> o actuación</w:t>
       </w:r>
       <w:r w:rsidR="001D51EA" w:rsidRPr="001D51EA">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="001D51EA">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="001D51EA" w:rsidRPr="001D51EA">
         <w:rPr>
           <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>XXXX</w:t>
       </w:r>
+      <w:proofErr w:type="spellEnd"/>
     </w:p>
     <w:sectPr w:rsidR="0065656D" w:rsidRPr="001D51EA" w:rsidSect="006F6D72">
-      <w:headerReference w:type="default" r:id="rId9"/>
-      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="even" r:id="rId9"/>
+      <w:headerReference w:type="default" r:id="rId10"/>
+      <w:footerReference w:type="even" r:id="rId11"/>
+      <w:footerReference w:type="default" r:id="rId12"/>
+      <w:headerReference w:type="first" r:id="rId13"/>
+      <w:footerReference w:type="first" r:id="rId14"/>
       <w:pgSz w:w="23811" w:h="16838" w:orient="landscape" w:code="8"/>
       <w:pgMar w:top="2835" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:vAlign w:val="center"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="62FB2EC2" w14:textId="77777777" w:rsidR="00016BEB" w:rsidRDefault="00016BEB" w:rsidP="00E43575">
+    <w:p w14:paraId="5C1C2C29" w14:textId="77777777" w:rsidR="00F37F12" w:rsidRDefault="00F37F12" w:rsidP="00E43575">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3117DA98" w14:textId="77777777" w:rsidR="00016BEB" w:rsidRDefault="00016BEB" w:rsidP="00E43575">
+    <w:p w14:paraId="3A37981A" w14:textId="77777777" w:rsidR="00F37F12" w:rsidRDefault="00F37F12" w:rsidP="00E43575">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="0AFAE182" w14:textId="77777777" w:rsidR="00016BEB" w:rsidRDefault="00016BEB">
+    <w:p w14:paraId="12FE58DF" w14:textId="77777777" w:rsidR="00F37F12" w:rsidRDefault="00F37F12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Nunito Sans">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002FF" w:usb1="5000204B" w:usb2="00000000" w:usb3="00000000" w:csb0="00000197" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="48F41403" w14:textId="77777777" w:rsidR="00E11CBF" w:rsidRDefault="00E11CBF">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="708B350B" w14:textId="50B842D5" w:rsidR="00E43575" w:rsidRDefault="00E43575" w:rsidP="00E43575">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="13892"/>
       </w:tabs>
       <w:rPr>
         <w:sz w:val="32"/>
         <w:szCs w:val="32"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="45FCC487" w14:textId="670119A2" w:rsidR="00A1486E" w:rsidRPr="00796BB1" w:rsidRDefault="006A603B" w:rsidP="00E43575">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
       <w:tabs>
         <w:tab w:val="right" w:pos="13892"/>
       </w:tabs>
       <w:rPr>
         <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
@@ -618,301 +650,399 @@
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>artel</w:t>
     </w:r>
     <w:r w:rsidR="007D7E20" w:rsidRPr="00796BB1">
       <w:rPr>
         <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>-</w:t>
     </w:r>
     <w:r w:rsidR="007B00A9" w:rsidRPr="00796BB1">
       <w:rPr>
         <w:rFonts w:ascii="Nunito Sans" w:hAnsi="Nunito Sans"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
       <w:t>tamaño mínimo A3</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A539F13" w14:textId="77777777" w:rsidR="00E11CBF" w:rsidRDefault="00E11CBF">
+    <w:pPr>
+      <w:pStyle w:val="Piedepgina"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5E48FB8F" w14:textId="77777777" w:rsidR="00016BEB" w:rsidRDefault="00016BEB" w:rsidP="00E43575">
+    <w:p w14:paraId="25F2E540" w14:textId="77777777" w:rsidR="00F37F12" w:rsidRDefault="00F37F12" w:rsidP="00E43575">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3AADF617" w14:textId="77777777" w:rsidR="00016BEB" w:rsidRDefault="00016BEB" w:rsidP="00E43575">
+    <w:p w14:paraId="3E6E38ED" w14:textId="77777777" w:rsidR="00F37F12" w:rsidRDefault="00F37F12" w:rsidP="00E43575">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="659BDBEC" w14:textId="77777777" w:rsidR="00016BEB" w:rsidRDefault="00016BEB">
+    <w:p w14:paraId="5760F39D" w14:textId="77777777" w:rsidR="00F37F12" w:rsidRDefault="00F37F12">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="629D0E98" w14:textId="22E78CBC" w:rsidR="0001190E" w:rsidRPr="0001190E" w:rsidRDefault="003801D4" w:rsidP="0001190E">
+  <w:p w14:paraId="286BC856" w14:textId="77777777" w:rsidR="00E11CBF" w:rsidRDefault="00E11CBF">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="629D0E98" w14:textId="65F01972" w:rsidR="0001190E" w:rsidRPr="0001190E" w:rsidRDefault="007B0B10" w:rsidP="0001190E">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17C235D3" wp14:editId="6C3A959A">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251662336" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="034250B8" wp14:editId="5AFA4C57">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>8382000</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-189230</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2109470" cy="1259840"/>
+          <wp:effectExtent l="0" t="0" r="5080" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="329143565" name="Imagen 1" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza baja"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="329143565" name="Imagen 1" descr="Texto&#10;&#10;Descripción generada automáticamente con confianza baja"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2109470" cy="1259840"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r w:rsidRPr="0001190E">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0C40CE44" wp14:editId="13FFE4D4">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="margin">
-            <wp:posOffset>5563870</wp:posOffset>
+            <wp:posOffset>12434570</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-191135</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1245235" cy="1259840"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="1334245235" name="Imagen 1334245235" descr="Forma&#10;&#10;Descripción generada automáticamente con confianza media"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="64566352" name="Imagen 1" descr="Forma&#10;&#10;Descripción generada automáticamente con confianza media"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId2">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1245235" cy="1259840"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                  <a:ln>
+                    <a:noFill/>
+                  </a:ln>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="page">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="page">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51F0F1E6" wp14:editId="7BEED21F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>0</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-99695</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="1590040" cy="1079500"/>
+          <wp:effectExtent l="0" t="0" r="0" b="6350"/>
+          <wp:wrapSquare wrapText="bothSides"/>
+          <wp:docPr id="800475137" name="Imagen 800475137" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="708559617" name="Imagen 708559617" descr="Logotipo&#10;&#10;Descripción generada automáticamente"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId3">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="1590040" cy="1079500"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
+    </w:r>
+    <w:r>
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="040B5CEC" wp14:editId="1D056C2F">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="margin">
+            <wp:posOffset>3533775</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="page">
-            <wp:posOffset>537210</wp:posOffset>
+            <wp:posOffset>354330</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2903220" cy="1079500"/>
           <wp:effectExtent l="0" t="0" r="0" b="6350"/>
           <wp:wrapSquare wrapText="bothSides"/>
           <wp:docPr id="303337587" name="Imagen 303337587" descr="Logotipo, nombre de la empresa&#10;&#10;Descripción generada automáticamente"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="497884120" name="Imagen 497884120" descr="Logotipo, nombre de la empresa&#10;&#10;Descripción generada automáticamente"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill rotWithShape="1">
-                  <a:blip r:embed="rId1">
+                  <a:blip r:embed="rId4">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect t="17531" b="18231"/>
                   <a:stretch/>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2903220" cy="1079500"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
-    <w:r>
-[...129 lines deleted...]
-    </w:r>
   </w:p>
   <w:p w14:paraId="73D744F4" w14:textId="6376F694" w:rsidR="00E43575" w:rsidRDefault="00E43575">
     <w:pPr>
       <w:pStyle w:val="Encabezado"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5069B879" w14:textId="77777777" w:rsidR="00E11CBF" w:rsidRDefault="00E11CBF">
+    <w:pPr>
+      <w:pStyle w:val="Encabezado"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="110"/>
+  <w:zoom w:percent="100"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
@@ -925,105 +1055,109 @@
     <w:rsid w:val="00070393"/>
     <w:rsid w:val="00073963"/>
     <w:rsid w:val="000A50C9"/>
     <w:rsid w:val="000D234C"/>
     <w:rsid w:val="000F07B0"/>
     <w:rsid w:val="0012119F"/>
     <w:rsid w:val="001760BE"/>
     <w:rsid w:val="00192C9F"/>
     <w:rsid w:val="001C0256"/>
     <w:rsid w:val="001D51EA"/>
     <w:rsid w:val="00210C05"/>
     <w:rsid w:val="0021467A"/>
     <w:rsid w:val="002310DE"/>
     <w:rsid w:val="00245443"/>
     <w:rsid w:val="00271EE7"/>
     <w:rsid w:val="002A1002"/>
     <w:rsid w:val="002A2A13"/>
     <w:rsid w:val="002E05B9"/>
     <w:rsid w:val="0038017D"/>
     <w:rsid w:val="003801D4"/>
     <w:rsid w:val="003D1A3D"/>
     <w:rsid w:val="003D3F33"/>
     <w:rsid w:val="003F51FD"/>
     <w:rsid w:val="00442D17"/>
     <w:rsid w:val="00521B7A"/>
+    <w:rsid w:val="00543A98"/>
     <w:rsid w:val="005538CB"/>
     <w:rsid w:val="00574BC9"/>
     <w:rsid w:val="005D2336"/>
     <w:rsid w:val="005D63CF"/>
     <w:rsid w:val="005E78C9"/>
     <w:rsid w:val="0065656D"/>
     <w:rsid w:val="00656AEB"/>
     <w:rsid w:val="00660622"/>
     <w:rsid w:val="006745B2"/>
     <w:rsid w:val="00682384"/>
     <w:rsid w:val="006875CC"/>
     <w:rsid w:val="006A603B"/>
     <w:rsid w:val="006C5A8F"/>
     <w:rsid w:val="006F6D72"/>
     <w:rsid w:val="00706383"/>
     <w:rsid w:val="00796BB1"/>
     <w:rsid w:val="007B00A9"/>
     <w:rsid w:val="007B0632"/>
+    <w:rsid w:val="007B0B10"/>
     <w:rsid w:val="007B3AF5"/>
     <w:rsid w:val="007D7E20"/>
     <w:rsid w:val="007F7EFA"/>
     <w:rsid w:val="00817BD8"/>
     <w:rsid w:val="008211C7"/>
     <w:rsid w:val="00821AC0"/>
     <w:rsid w:val="008744D3"/>
     <w:rsid w:val="008B4171"/>
     <w:rsid w:val="008C69FA"/>
     <w:rsid w:val="008F3EF1"/>
     <w:rsid w:val="008F47FF"/>
     <w:rsid w:val="00924120"/>
     <w:rsid w:val="0099608E"/>
     <w:rsid w:val="00A11459"/>
     <w:rsid w:val="00A1486E"/>
     <w:rsid w:val="00A33428"/>
     <w:rsid w:val="00A36723"/>
     <w:rsid w:val="00A550AA"/>
     <w:rsid w:val="00A5705E"/>
     <w:rsid w:val="00A6584D"/>
     <w:rsid w:val="00AA4830"/>
     <w:rsid w:val="00AB71AC"/>
     <w:rsid w:val="00AE5B8E"/>
     <w:rsid w:val="00AF7041"/>
     <w:rsid w:val="00B33B86"/>
     <w:rsid w:val="00C15658"/>
     <w:rsid w:val="00C24016"/>
     <w:rsid w:val="00C529D9"/>
     <w:rsid w:val="00CB0E99"/>
     <w:rsid w:val="00D835AD"/>
     <w:rsid w:val="00E00580"/>
+    <w:rsid w:val="00E11CBF"/>
     <w:rsid w:val="00E43575"/>
     <w:rsid w:val="00E477F1"/>
     <w:rsid w:val="00EA09C5"/>
     <w:rsid w:val="00EC48C4"/>
     <w:rsid w:val="00F02C79"/>
     <w:rsid w:val="00F345F5"/>
+    <w:rsid w:val="00F37F12"/>
     <w:rsid w:val="00F439D5"/>
     <w:rsid w:val="00F57435"/>
     <w:rsid w:val="00FC4FB6"/>
     <w:rsid w:val="00FF1A2B"/>
     <w:rsid w:val="00FF7DD6"/>
     <w:rsid w:val="0338740C"/>
     <w:rsid w:val="20A9FD13"/>
     <w:rsid w:val="3D7C3911"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
@@ -1514,55 +1648,55 @@
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="209194952">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.jpeg"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="5B9BD5"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -1795,72 +1929,52 @@
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...20 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc934ed1-fc6e-40dc-8eb3-366867545b6c" xmlns:ns3="ba600c26-20e0-433c-877d-adf8e183668e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="9d9f2a8bfa65269397b7d52b0f367106" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Documento" ma:contentTypeID="0x010100A0318DC7C631D14DA8A9E220C61C5A1F" ma:contentTypeVersion="18" ma:contentTypeDescription="Crear nuevo documento." ma:contentTypeScope="" ma:versionID="997239abd12654605502c774b1692d60">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bc934ed1-fc6e-40dc-8eb3-366867545b6c" xmlns:ns3="ba600c26-20e0-433c-877d-adf8e183668e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="a11dfc0605d0c718749bb71c844c3edf" ns2:_="" ns3:_="">
     <xsd:import namespace="bc934ed1-fc6e-40dc-8eb3-366867545b6c"/>
     <xsd:import namespace="ba600c26-20e0-433c-877d-adf8e183668e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoTags" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceKeyPoints" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
                 <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
@@ -2069,103 +2183,108 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bc934ed1-fc6e-40dc-8eb3-366867545b6c">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="ba600c26-20e0-433c-877d-adf8e183668e" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4261FBF-C2C3-483E-8A59-F685AE33C2C3}">
-[...3 lines deleted...]
-</ds:datastoreItem>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{43EAD0A4-4461-4EAC-A6D8-E59E6CF2B7B7}"/>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{ABE4C30C-D876-4DE9-8330-3E3DFB827745}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="bc934ed1-fc6e-40dc-8eb3-366867545b6c"/>
     <ds:schemaRef ds:uri="ba600c26-20e0-433c-877d-adf8e183668e"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3AADB271-07E6-4D5F-9602-E426E86E3044}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C4261FBF-C2C3-483E-8A59-F685AE33C2C3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
-[...10 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>70</Words>
-  <Characters>385</Characters>
+  <Words>66</Words>
+  <Characters>387</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>3</Lines>
-  <Paragraphs>1</Paragraphs>
+  <Lines>9</Lines>
+  <Paragraphs>8</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>company</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>454</CharactersWithSpaces>
+  <CharactersWithSpaces>446</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Vicente Marco Adrián</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
     <vt:lpwstr>0x010100A0318DC7C631D14DA8A9E220C61C5A1F</vt:lpwstr>